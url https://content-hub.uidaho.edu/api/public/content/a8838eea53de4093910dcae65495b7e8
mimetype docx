--- v0 (2025-10-16)
+++ v1 (2025-12-18)
@@ -1,49 +1,52 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="772D623C" w14:textId="77777777" w:rsidR="00EA111E" w:rsidRDefault="00055513">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:spacing w:before="83"/>
         <w:ind w:left="3515" w:right="3505"/>
       </w:pPr>
       <w:r>
         <w:t>Faculty Annual Performance Evaluation</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-59"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Includes</w:t>
       </w:r>
@@ -398,68 +401,212 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D6D8520" w14:textId="77777777" w:rsidR="00EA111E" w:rsidRDefault="00EA111E">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0D98ED2D" w14:textId="77777777" w:rsidR="00EA111E" w:rsidRDefault="00055513">
+    <w:p w14:paraId="0D98ED2D" w14:textId="6C1760AD" w:rsidR="00EA111E" w:rsidRDefault="00171BD9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="11"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="15"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:pict w14:anchorId="1A4835E1">
-[...6 lines deleted...]
-        </w:pict>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1A4835E1" wp14:editId="0BB9A5B9">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>805180</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>137795</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6496685" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="1771154754" name="docshape1"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6496685" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst>
+                            <a:gd name="T0" fmla="+- 0 1268 1268"/>
+                            <a:gd name="T1" fmla="*/ T0 w 10231"/>
+                            <a:gd name="T2" fmla="+- 0 3267 1268"/>
+                            <a:gd name="T3" fmla="*/ T2 w 10231"/>
+                            <a:gd name="T4" fmla="+- 0 3269 1268"/>
+                            <a:gd name="T5" fmla="*/ T4 w 10231"/>
+                            <a:gd name="T6" fmla="+- 0 6382 1268"/>
+                            <a:gd name="T7" fmla="*/ T6 w 10231"/>
+                            <a:gd name="T8" fmla="+- 0 6385 1268"/>
+                            <a:gd name="T9" fmla="*/ T8 w 10231"/>
+                            <a:gd name="T10" fmla="+- 0 6940 1268"/>
+                            <a:gd name="T11" fmla="*/ T10 w 10231"/>
+                            <a:gd name="T12" fmla="+- 0 6942 1268"/>
+                            <a:gd name="T13" fmla="*/ T12 w 10231"/>
+                            <a:gd name="T14" fmla="+- 0 11498 1268"/>
+                            <a:gd name="T15" fmla="*/ T14 w 10231"/>
+                          </a:gdLst>
+                          <a:ahLst/>
+                          <a:cxnLst>
+                            <a:cxn ang="0">
+                              <a:pos x="T1" y="0"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="T3" y="0"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="T5" y="0"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="T7" y="0"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="T9" y="0"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="T11" y="0"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="T13" y="0"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="T15" y="0"/>
+                            </a:cxn>
+                          </a:cxnLst>
+                          <a:rect l="0" t="0" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="10231">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="1999" y="0"/>
+                              </a:lnTo>
+                              <a:moveTo>
+                                <a:pt x="2001" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="5114" y="0"/>
+                              </a:lnTo>
+                              <a:moveTo>
+                                <a:pt x="5117" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="5672" y="0"/>
+                              </a:lnTo>
+                              <a:moveTo>
+                                <a:pt x="5674" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="10230" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:noFill/>
+                        <a:ln w="11258">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:round/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                            </a14:hiddenFill>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="2D527BA7" id="docshape1" o:spid="_x0000_s1026" style="position:absolute;margin-left:63.4pt;margin-top:10.85pt;width:511.55pt;height:.1pt;z-index:-251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="10231,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDWf1ipSQMAAFwJAAAOAAAAZHJzL2Uyb0RvYy54bWysVl1v2yAUfZ+0/4B43NTauI4TR02qqV2n&#10;Sd2H1OwHEBvH1mzwgMTpfv0u2MRxGkvZtDxYkHs4cM8BLrd3+6pEOyZVIfgCk2sfI8YTkRZ8s8A/&#10;Vo9XM4yUpjylpeBsgV+YwnfLt29um3rOApGLMmUSAQlX86Ze4Fzreu55KslZRdW1qBmHYCZkRTV0&#10;5cZLJW2AvSq9wPcjrxEyraVImFLw70MbxEvLn2Us0d+yTDGNygWGtWn7lfa7Nl9veUvnG0nrvEi6&#10;ZdB/WEVFCw6THqgeqKZoK4tXVFWRSKFEpq8TUXkiy4qE2RwgG+KfZPOc05rZXEAcVR9kUv+PNvm6&#10;e66/S7N0VT+J5KcCRbymVvNDxHQUYNC6+SJS8JButbDJ7jNZmZGQBtpbTV8OmrK9Rgn8GYVxFM0m&#10;GCUQI8HUSu7RuRubbJX+xITlobsnpVtHUmhZPVPEaQWTrsC9rCrBnPdXyEckiGb20zl4gBEHe+eh&#10;lY8aRPzghpyiAoeyZDdBND1LduNghiwYIwsdypHFZ8lAgzYBQxaOkUUOZcmim1lwlmzqYIYsGiOD&#10;w3ekGZBNzpLFDmbIZmNkZOhAFIetDafakoEFZNQDMjQB+M6nSgYukFEbyNAHQsJ4ZIsMnCADK2Bn&#10;btzeo7nbjsmed/sRWoiau823J6AWyuz8FaTstj4wAMjs3REspHMxFlZ6MRa2xMVYcPxirPHzcvDf&#10;ZEfOpNfK16kt4f4+vbklRnBzr9tdV1NtTDJqmyZq4I6x5938U4kdWwkb0yf3E8zSR0t+jCJxPFTH&#10;hfsBtaWD8jNUpge4IS1wAltxIKEL9wMOwKGJPcAN6YDRFA7PkSku3A84AIdT9wA3pAUa1eB8v6IE&#10;oYywUBPahhXbeHR0bXPxWJSlvbdLbi0gwWRmz4cSZZGaqHFByc36vpRoR00xtj/jIrANYFJseWrZ&#10;ckbTj11b06Js24Av4XzZImXqkqn1ar4W6QvUKCnaEg9PEmjkQv7GqIHyvsDq15ZKhlH5mUP9jEkY&#10;mveA7YSTaQAdeRxZH0coT4BqgTWGw2+a97p9Q2xrWWxymInYdLn4ALUxK0wRs+trV9V1oITbbLvn&#10;hnkjHPctqn8ULf8AAAD//wMAUEsDBBQABgAIAAAAIQBOXxz83QAAAAoBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/BTsMwEETvSPyDtUjcqJOAShPiVICohLi1IKHetrGJI+LdyHbb8Pc4JzjOzmjmbb2e&#10;3CBOxoeeSUG+yEAYaln31Cn4eN/crECEiKRxYDIKfkyAdXN5UWOl+Uxbc9rFTqQSChUqsDGOlZSh&#10;tcZhWPBoKHlf7B3GJH0ntcdzKneDLLJsKR32lBYsjubZmvZ7d3QKwv4l/wz4ZH3Bq7fbPb9ueGSl&#10;rq+mxwcQ0UzxLwwzfkKHJjEd+Eg6iCHpYpnQo4IivwcxB/K7sgRxmC8lyKaW/19ofgEAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQDWf1ipSQMAAFwJAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBOXxz83QAAAAoBAAAPAAAAAAAAAAAAAAAAAKMFAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAArQYAAAAA&#10;" path="m,l1999,t2,l5114,t3,l5672,t2,l10230,e" filled="f" strokeweight=".31272mm">
+                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;1269365,0;1270635,0;3247390,0;3249295,0;3601720,0;3602990,0;6496050,0" o:connectangles="0,0,0,0,0,0,0,0"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="3ECF94F0" w14:textId="77777777" w:rsidR="00EA111E" w:rsidRDefault="00EA111E">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3C91A0DE" w14:textId="77777777" w:rsidR="00EA111E" w:rsidRDefault="00EA111E">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="6"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="250" w:type="dxa"/>
@@ -1632,77 +1779,393 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>satisfactory</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-8"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>performance. *</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59923573" w14:textId="77777777" w:rsidR="00EA111E" w:rsidRDefault="00055513">
+    <w:p w14:paraId="59923573" w14:textId="196EB07B" w:rsidR="00EA111E" w:rsidRDefault="00171BD9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="240"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:noProof/>
           <w:sz w:val="20"/>
         </w:rPr>
-      </w:r>
-[...13 lines deleted...]
-        </w:pict>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wpg">
+            <w:drawing>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5C89A16F" wp14:editId="2CE2F21B">
+                <wp:extent cx="6917690" cy="1419225"/>
+                <wp:effectExtent l="0" t="0" r="635" b="0"/>
+                <wp:docPr id="1556533078" name="docshapegroup2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                    <wpg:wgp>
+                      <wpg:cNvGrpSpPr>
+                        <a:grpSpLocks/>
+                      </wpg:cNvGrpSpPr>
+                      <wpg:grpSpPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6917690" cy="1419225"/>
+                          <a:chOff x="0" y="0"/>
+                          <a:chExt cx="10894" cy="2235"/>
+                        </a:xfrm>
+                      </wpg:grpSpPr>
+                      <wps:wsp>
+                        <wps:cNvPr id="1721793928" name="docshape3"/>
+                        <wps:cNvSpPr>
+                          <a:spLocks/>
+                        </wps:cNvSpPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="10894" cy="2235"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst>
+                              <a:gd name="T0" fmla="*/ 10 w 10894"/>
+                              <a:gd name="T1" fmla="*/ 2225 h 2235"/>
+                              <a:gd name="T2" fmla="*/ 0 w 10894"/>
+                              <a:gd name="T3" fmla="*/ 2225 h 2235"/>
+                              <a:gd name="T4" fmla="*/ 0 w 10894"/>
+                              <a:gd name="T5" fmla="*/ 2234 h 2235"/>
+                              <a:gd name="T6" fmla="*/ 10 w 10894"/>
+                              <a:gd name="T7" fmla="*/ 2234 h 2235"/>
+                              <a:gd name="T8" fmla="*/ 10 w 10894"/>
+                              <a:gd name="T9" fmla="*/ 2225 h 2235"/>
+                              <a:gd name="T10" fmla="*/ 10 w 10894"/>
+                              <a:gd name="T11" fmla="*/ 0 h 2235"/>
+                              <a:gd name="T12" fmla="*/ 0 w 10894"/>
+                              <a:gd name="T13" fmla="*/ 0 h 2235"/>
+                              <a:gd name="T14" fmla="*/ 0 w 10894"/>
+                              <a:gd name="T15" fmla="*/ 10 h 2235"/>
+                              <a:gd name="T16" fmla="*/ 0 w 10894"/>
+                              <a:gd name="T17" fmla="*/ 10 h 2235"/>
+                              <a:gd name="T18" fmla="*/ 0 w 10894"/>
+                              <a:gd name="T19" fmla="*/ 2225 h 2235"/>
+                              <a:gd name="T20" fmla="*/ 10 w 10894"/>
+                              <a:gd name="T21" fmla="*/ 2225 h 2235"/>
+                              <a:gd name="T22" fmla="*/ 10 w 10894"/>
+                              <a:gd name="T23" fmla="*/ 10 h 2235"/>
+                              <a:gd name="T24" fmla="*/ 10 w 10894"/>
+                              <a:gd name="T25" fmla="*/ 10 h 2235"/>
+                              <a:gd name="T26" fmla="*/ 10 w 10894"/>
+                              <a:gd name="T27" fmla="*/ 0 h 2235"/>
+                              <a:gd name="T28" fmla="*/ 10894 w 10894"/>
+                              <a:gd name="T29" fmla="*/ 2225 h 2235"/>
+                              <a:gd name="T30" fmla="*/ 10884 w 10894"/>
+                              <a:gd name="T31" fmla="*/ 2225 h 2235"/>
+                              <a:gd name="T32" fmla="*/ 10 w 10894"/>
+                              <a:gd name="T33" fmla="*/ 2225 h 2235"/>
+                              <a:gd name="T34" fmla="*/ 10 w 10894"/>
+                              <a:gd name="T35" fmla="*/ 2234 h 2235"/>
+                              <a:gd name="T36" fmla="*/ 10884 w 10894"/>
+                              <a:gd name="T37" fmla="*/ 2234 h 2235"/>
+                              <a:gd name="T38" fmla="*/ 10894 w 10894"/>
+                              <a:gd name="T39" fmla="*/ 2234 h 2235"/>
+                              <a:gd name="T40" fmla="*/ 10894 w 10894"/>
+                              <a:gd name="T41" fmla="*/ 2225 h 2235"/>
+                              <a:gd name="T42" fmla="*/ 10894 w 10894"/>
+                              <a:gd name="T43" fmla="*/ 0 h 2235"/>
+                              <a:gd name="T44" fmla="*/ 10884 w 10894"/>
+                              <a:gd name="T45" fmla="*/ 0 h 2235"/>
+                              <a:gd name="T46" fmla="*/ 10 w 10894"/>
+                              <a:gd name="T47" fmla="*/ 0 h 2235"/>
+                              <a:gd name="T48" fmla="*/ 10 w 10894"/>
+                              <a:gd name="T49" fmla="*/ 10 h 2235"/>
+                              <a:gd name="T50" fmla="*/ 10884 w 10894"/>
+                              <a:gd name="T51" fmla="*/ 10 h 2235"/>
+                              <a:gd name="T52" fmla="*/ 10884 w 10894"/>
+                              <a:gd name="T53" fmla="*/ 2225 h 2235"/>
+                              <a:gd name="T54" fmla="*/ 10894 w 10894"/>
+                              <a:gd name="T55" fmla="*/ 2225 h 2235"/>
+                              <a:gd name="T56" fmla="*/ 10894 w 10894"/>
+                              <a:gd name="T57" fmla="*/ 10 h 2235"/>
+                              <a:gd name="T58" fmla="*/ 10894 w 10894"/>
+                              <a:gd name="T59" fmla="*/ 10 h 2235"/>
+                              <a:gd name="T60" fmla="*/ 10894 w 10894"/>
+                              <a:gd name="T61" fmla="*/ 0 h 2235"/>
+                            </a:gdLst>
+                            <a:ahLst/>
+                            <a:cxnLst>
+                              <a:cxn ang="0">
+                                <a:pos x="T0" y="T1"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T2" y="T3"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T4" y="T5"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T6" y="T7"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T8" y="T9"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T10" y="T11"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T12" y="T13"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T14" y="T15"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T16" y="T17"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T18" y="T19"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T20" y="T21"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T22" y="T23"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T24" y="T25"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T26" y="T27"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T28" y="T29"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T30" y="T31"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T32" y="T33"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T34" y="T35"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T36" y="T37"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T38" y="T39"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T40" y="T41"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T42" y="T43"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T44" y="T45"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T46" y="T47"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T48" y="T49"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T50" y="T51"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T52" y="T53"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T54" y="T55"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T56" y="T57"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T58" y="T59"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T60" y="T61"/>
+                              </a:cxn>
+                            </a:cxnLst>
+                            <a:rect l="0" t="0" r="r" b="b"/>
+                            <a:pathLst>
+                              <a:path w="10894" h="2235">
+                                <a:moveTo>
+                                  <a:pt x="10" y="2225"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="2225"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="2234"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="10" y="2234"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="10" y="2225"/>
+                                </a:lnTo>
+                                <a:close/>
+                                <a:moveTo>
+                                  <a:pt x="10" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="10"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="2225"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="10" y="2225"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="10" y="10"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="10" y="0"/>
+                                </a:lnTo>
+                                <a:close/>
+                                <a:moveTo>
+                                  <a:pt x="10894" y="2225"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="10884" y="2225"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="10" y="2225"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="10" y="2234"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="10884" y="2234"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="10894" y="2234"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="10894" y="2225"/>
+                                </a:lnTo>
+                                <a:close/>
+                                <a:moveTo>
+                                  <a:pt x="10894" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="10884" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="10" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="10" y="10"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="10884" y="10"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="10884" y="2225"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="10894" y="2225"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="10894" y="10"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="10894" y="0"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:extLst>
+                            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                                <a:solidFill>
+                                  <a:srgbClr val="000000"/>
+                                </a:solidFill>
+                                <a:round/>
+                                <a:headEnd/>
+                                <a:tailEnd/>
+                              </a14:hiddenLine>
+                            </a:ext>
+                          </a:extLst>
+                        </wps:spPr>
+                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                    </wpg:wgp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:inline>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:group w14:anchorId="23BB84B5" id="docshapegroup2" o:spid="_x0000_s1026" style="width:544.7pt;height:111.75pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="10894,2235" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDg9oJIawUAAEEZAAAOAAAAZHJzL2Uyb0RvYy54bWykWV1v2zYUfR+w/yDoccBi6yuOjTjF0K7B&#10;gG4r0OwH0JJsCZNFjZTjdL++91KkfeWU8l3WB0uOjo7uOYcib+n7dy/7Jngula5luw6jm3kYlG0u&#10;i7rdrcO/nj7+fBcGuhdtIRrZluvwa6nDdw8//nB/7FZlLCvZFKUKgKTVq2O3Dqu+71azmc6rci/0&#10;jezKFi5updqLHr6q3axQ4gjs+2YWz+e3s6NURadkXmoNf/0wXAwfDP92W+b9n9utLvugWYdQW28+&#10;lfnc4Ofs4V6sdkp0VZ3bMsQbqtiLuoWHnqg+iF4EB1W/otrXuZJabvubXO5ncrut89JoADXR/ELN&#10;o5KHzmjZrY677mQTWHvh05tp8z+eH1X3pfushurh9JPM/9bgy+zY7Vb0On7fDeBgc/xdFpCnOPTS&#10;CH/Zqj1SgKTgxfj79eRv+dIHOfzxdhktbpcQQw7XojRaxnE2JJBXENOr+/LqV3tnNL9bpsN9cZyY&#10;m2ZiNTzT1GnrwtxhIOmzV/r/efWlEl1pItDoxWcV1AXUvoijxTJZxjC6W7EHHwqZa4QmqAdrALBz&#10;VVNLyRWEaXD+bWZOWSJW+UH3j6U0kYjnT7ofBnoBZybowtb9BGls9w2M+Z9mQTQPjvCBVlu4Q0UE&#10;FUNqQRW4HGDMn8hiAvNyJQQ0wQVxnwrzcmUEBAWlnrpuCcwvckFQE2SQ+akwP9mSoCZURkz/aQBz&#10;j8qIZX9E/fdSsdyPqP1gxfcHRUTd9yYZUff9XNR8PxfT/JhnfkzNn8gypv77R0ZMA/AqjWkCE2Ss&#10;CGIawQQZzcAXJ855ZPzDZOGbNGJmDMk4hrs7L2PCTCLhJZHQJCaCTXhZwLp0dmZiAknGaUzppYFM&#10;MbIzScaZeGfM9CITf8opM5N0nMnEuElpLL5hmI4zmTAxpbF46caZ+IZ0SgPxco3T8HLRKLzzQHYR&#10;hP/lyGgQfr6LGCb4aAwTb0d2kYR/qGQ0iSnGcRgTQyWjefg1jwOZ4mNlcnuRiV/xLc2EjhfoXneu&#10;GROV68/yl9Y2aHAWCPw/1Nx0153U2B1jtwat81OE/RlQAAq7OQ8YkkawaUmvgiFEBLvWepoZ8kHw&#10;glUGmI/gJQuM/RCiI55EbHkMnCcysiqhceEYiJ2LYecJjazSiCcVuw9kh/aCUwx2FwbOk4r9g4Hz&#10;pGKHYOA8qdgEGDhPKq7wCIf1myMVl28D50nF5dnAeVJx+TVwntTESoWVk1M7LpzIDssiC26lwprH&#10;glupsKax4FYqLFssuJWa8qTi0oRSYeHhsGdWasaTisuKYedJzaxUWBFYxVipGU8qzvhYDMznhH2Y&#10;VO2MrWCv6XKXSYUB7DJt8B6x6kSPE707DY6wjzBsa1TrEJq7zMz0e/lcPkkD6nHKtxMirpb20WdE&#10;01LkUCIBusvu2BlCB4O3ZpDiLrvjADs9l4s71ed48kbq0ig/VzziNrtv4OH5sruVVupQ7po7UgwU&#10;O6XFSX5V4pjrJJmHu/JQy3ZZ2ZQr0JiYYUYy9HkDI+fuFdjJcceR24TUXXfHC9zVxM+Pvg49SfoP&#10;0Ff+c0xzRl93zCGdfHcc2cACXR0Czik2kJHSd0aJU+COTomDXn+8jelStTMe3lKcvkzTeZrHcPoj&#10;24xaNnXxsW4anLy02m3eNyp4Frjxbv7ZV3QEa0z/2kq8zb3BZud52BkdtlI3svgKu6RKDrv38GsD&#10;nFRS/RsGR9i5X4f6n4NQZRg0v7Ww3buMUlyEe/MlzRbYZyl6ZUOviDYHqnXYh9Bv4+n7fvh54NCp&#10;elfBkyIzL7fyF9jq3ta4kQo7zno1VGW/wI6zOTP79HA2+iGAfjeo8y8fD98AAAD//wMAUEsDBBQA&#10;BgAIAAAAIQALm4Wx3gAAAAYBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9Ba8JAEIXvhf6HZQq91U1i&#10;LZpmIyJtT1JQC8XbmB2TYHY2ZNck/vuuvbSXgcd7vPdNthxNI3rqXG1ZQTyJQBAXVtdcKvjavz/N&#10;QTiPrLGxTAqu5GCZ399lmGo78Jb6nS9FKGGXooLK+zaV0hUVGXQT2xIH72Q7gz7IrpS6wyGUm0Ym&#10;UfQiDdYcFipsaV1Rcd5djIKPAYfVNH7rN+fT+nrYzz6/NzEp9fgwrl5BeBr9Xxhu+AEd8sB0tBfW&#10;TjQKwiP+9968aL54BnFUkCTTGcg8k//x8x8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;4PaCSGsFAABBGQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAC5uFsd4AAAAGAQAADwAAAAAAAAAAAAAAAADFBwAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAANAIAAAAAA==&#10;">
+                <v:shape id="docshape3" o:spid="_x0000_s1027" style="position:absolute;width:10894;height:2235;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="10894,2235" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCvyYkVzAAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/RSsNA&#10;EEXfhf7DMgVfxG6agE1jt6UEBAVBrf2AITtNgtnZNLtNo1/vPAg+ztw7957Z7CbXqZGG0Ho2sFwk&#10;oIgrb1uuDRw/n+5zUCEiW+w8k4FvCrDbzm42WFh/5Q8aD7FWEsKhQANNjH2hdagachgWvicW7eQH&#10;h1HGodZ2wKuEu06nSfKgHbYsDQ32VDZUfR0uzkAeL5y9vb77u8Sf85efqRyzrDTmdj7tH0FFmuK/&#10;+e/62Qr+Kl2u1tk6FWj5SRagt78AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78A&#10;AAAVAQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAr8mJFcwA&#10;AADjAAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAAAD&#10;AAAAAA==&#10;" path="m10,2225r-10,l,2234r10,l10,2225xm10,l,,,10,,2225r10,l10,10,10,xm10894,2225r-10,l10,2225r,9l10884,2234r10,l10894,2225xm10894,r-10,l10,r,10l10884,10r,2215l10894,2225r,-2215l10894,xe" fillcolor="black" stroked="f">
+                  <v:path arrowok="t" o:connecttype="custom" o:connectlocs="10,2225;0,2225;0,2234;10,2234;10,2225;10,0;0,0;0,10;0,10;0,2225;10,2225;10,10;10,10;10,0;10894,2225;10884,2225;10,2225;10,2234;10884,2234;10894,2234;10894,2225;10894,0;10884,0;10,0;10,10;10884,10;10884,2225;10894,2225;10894,10;10894,10;10894,0" o:connectangles="0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0"/>
+                </v:shape>
+                <w10:anchorlock/>
+              </v:group>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="59195B30" w14:textId="77777777" w:rsidR="00EA111E" w:rsidRDefault="00055513">
       <w:pPr>
         <w:spacing w:line="176" w:lineRule="exact"/>
         <w:ind w:left="238"/>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>Relationship</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -2245,98 +2708,220 @@
         <w:t>process.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C557041" w14:textId="77777777" w:rsidR="00EA111E" w:rsidRDefault="00EA111E">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:sectPr w:rsidR="00EA111E">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="920" w:right="580" w:bottom="280" w:left="400" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="74C0790D" w14:textId="77777777" w:rsidR="00EA111E" w:rsidRDefault="00EA111E">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="11"/>
         <w:rPr>
           <w:sz w:val="5"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="16F0E947" w14:textId="77777777" w:rsidR="00EA111E" w:rsidRDefault="00055513">
+    <w:p w14:paraId="16F0E947" w14:textId="06C3AE1F" w:rsidR="00EA111E" w:rsidRDefault="00171BD9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="8068"/>
         </w:tabs>
         <w:spacing w:line="20" w:lineRule="exact"/>
         <w:ind w:left="147"/>
         <w:rPr>
           <w:sz w:val="2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:noProof/>
           <w:sz w:val="2"/>
         </w:rPr>
-      </w:r>
-      <w:r>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wpg">
+            <w:drawing>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3B0050B2" wp14:editId="399791DD">
+                <wp:extent cx="4516120" cy="8255"/>
+                <wp:effectExtent l="8255" t="6985" r="9525" b="3810"/>
+                <wp:docPr id="1841185550" name="docshapegroup4"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                    <wpg:wgp>
+                      <wpg:cNvGrpSpPr>
+                        <a:grpSpLocks/>
+                      </wpg:cNvGrpSpPr>
+                      <wpg:grpSpPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="4516120" cy="8255"/>
+                          <a:chOff x="0" y="0"/>
+                          <a:chExt cx="7112" cy="13"/>
+                        </a:xfrm>
+                      </wpg:grpSpPr>
+                      <wps:wsp>
+                        <wps:cNvPr id="1300543020" name="Line 16"/>
+                        <wps:cNvCnPr>
+                          <a:cxnSpLocks noChangeShapeType="1"/>
+                        </wps:cNvCnPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="0" y="6"/>
+                            <a:ext cx="7112" cy="0"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="line">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln w="7969">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:round/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
+                          <a:extLst>
+                            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                <a:noFill/>
+                              </a14:hiddenFill>
+                            </a:ext>
+                          </a:extLst>
+                        </wps:spPr>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                    </wpg:wgp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:inline>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:group w14:anchorId="4419E2B9" id="docshapegroup4" o:spid="_x0000_s1026" style="width:355.6pt;height:.65pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="7112,13" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAkCRAFIQIAAKAEAAAOAAAAZHJzL2Uyb0RvYy54bWyklM1y2yAQx++d6Tswutf6cOwkGss5OIkv&#10;buuZJA+wBiQxRcAAtuy374IUOx+XTqoDAyy7/Pe3ixZ3x06SA7dOaFUl+SRLCFdUM6GaKnl5fvxx&#10;kxDnQTGQWvEqOXGX3C2/f1v0puSFbrVk3BIMolzZmyppvTdlmjra8g7cRBuu0Fhr24HHpW1SZqHH&#10;6J1Miyybp722zFhNuXO4ez8Yk2WMX9ec+t917bgnskpQm4+jjeMujOlyAWVjwbSCjjLgCyo6EAov&#10;PYe6Bw9kb8WnUJ2gVjtd+wnVXarrWlAec8Bs8uxDNmur9ybm0pR9Y86YEO0HTl8OS38d1tY8ma0d&#10;1ON0o+kfh1zS3jTlW3tYN8Nhsut/aob1hL3XMfFjbbsQAlMix8j3dObLj55Q3Lya5fO8wDJQtN0U&#10;s9mAn7ZYo09OtH0Y3a7zvBh88mnwSKEcbosKR0Wh4thC7kLJ/R+lpxYMj/BdoLC1RDDs8GmWza6m&#10;WchCQYcENkJxks+DsKAAj67UQJMe1UiTKL1qQTU8Bn0+GfTLYyrvXMLCYSn+kW68E8pXuhdMsa3P&#10;lKA01vk11x0JkyqRqDjWDA4b5wegr0dCCZV+FFLiPpRSkb5Krm/nt9HBaSlYMAabs81uJS05QHhb&#10;8Rur8+4Y9rBiMVjLgT2Mcw9CDnPUKVXstiH5AeNOs9PWBm1jWcd+xGcQG2B8suGdvV3HU5cfy/Iv&#10;AAAA//8DAFBLAwQUAAYACAAAACEAGWro8NsAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPT0vD&#10;QBDF74LfYRnBm92kxT/EbEop6qkItoJ4m2anSWh2NmS3SfrtHb3Yy4PhPd77Tb6cXKsG6kPj2UA6&#10;S0ARl942XBn43L3ePYEKEdli65kMnCnAsri+yjGzfuQPGraxUlLCIUMDdYxdpnUoa3IYZr4jFu/g&#10;e4dRzr7StsdRyl2r50nyoB02LAs1drSuqTxuT87A24jjapG+DJvjYX3+3t2/f21SMub2Zlo9g4o0&#10;xf8w/OILOhTCtPcntkG1BuSR+KfiPabpHNReQgvQRa4v2YsfAAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhACQJEAUhAgAAoAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhABlq6PDbAAAAAwEAAA8AAAAAAAAAAAAAAAAAewQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;">
+                <v:line id="Line 16" o:spid="_x0000_s1027" style="position:absolute;visibility:visible;mso-wrap-style:square" from="0,6" to="7112,6" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDs1Io3ywAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BS8NA&#10;EIXvQv/DMoI3u2tTpcRuSysExKJgKkhvQ3ZMgtnZkF2b+O87B8HjzLx5733r7eQ7daYhtoEt3M0N&#10;KOIquJZrCx/H4nYFKiZkh11gsvBLEbab2dUacxdGfqdzmWolJhxztNCk1Odax6ohj3EeemK5fYXB&#10;Y5JxqLUbcBRz3+mFMQ/aY8uS0GBPTw1V3+WPt1BSNrq6P552h2XxUuzfstXp9dPam+tp9wgq0ZT+&#10;xX/fz07qZ8bcLzOzEAphkgXozQUAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAA&#10;ABUBAAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDs1Io3ywAA&#10;AOMAAAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/wIA&#10;AAAA&#10;" strokeweight=".22136mm"/>
+                <w10:anchorlock/>
+              </v:group>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="00055513">
         <w:rPr>
           <w:sz w:val="2"/>
         </w:rPr>
-        <w:pict w14:anchorId="3B0050B2">
-[...7 lines deleted...]
-        <w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
           <w:sz w:val="2"/>
         </w:rPr>
-        <w:tab/>
-[...15 lines deleted...]
-        </w:pict>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wpg">
+            <w:drawing>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="111F6D89" wp14:editId="7E13BFF9">
+                <wp:extent cx="1905000" cy="8255"/>
+                <wp:effectExtent l="10795" t="6985" r="8255" b="3810"/>
+                <wp:docPr id="1340016283" name="docshapegroup5"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                    <wpg:wgp>
+                      <wpg:cNvGrpSpPr>
+                        <a:grpSpLocks/>
+                      </wpg:cNvGrpSpPr>
+                      <wpg:grpSpPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1905000" cy="8255"/>
+                          <a:chOff x="0" y="0"/>
+                          <a:chExt cx="3000" cy="13"/>
+                        </a:xfrm>
+                      </wpg:grpSpPr>
+                      <wps:wsp>
+                        <wps:cNvPr id="356053733" name="Line 14"/>
+                        <wps:cNvCnPr>
+                          <a:cxnSpLocks noChangeShapeType="1"/>
+                        </wps:cNvCnPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="0" y="6"/>
+                            <a:ext cx="3000" cy="0"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="line">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln w="7969">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:round/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
+                          <a:extLst>
+                            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                <a:noFill/>
+                              </a14:hiddenFill>
+                            </a:ext>
+                          </a:extLst>
+                        </wps:spPr>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                    </wpg:wgp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:inline>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:group w14:anchorId="7D334C21" id="docshapegroup5" o:spid="_x0000_s1026" style="width:150pt;height:.65pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="3000,13" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDC7mNXHQIAAJ8EAAAOAAAAZHJzL2Uyb0RvYy54bWyklM1y2yAQx++d6Tsw3GtJVu3EGss5OIkv&#10;buuZpA+AAUlMETCALfvtu4Bi5+PSSX1ggP3Qf3+7eHl36iU6cuuEVjUuJjlGXFHNhGpr/Pv58dst&#10;Rs4TxYjUitf4zB2+W339shxMxae605JxiyCJctVgatx5b6osc7TjPXETbbgCY6NtTzwcbZsxSwbI&#10;3stsmufzbNCWGaspdw5u75MRr2L+puHU/2oaxz2SNQZtPq42rvuwZqslqVpLTCfoKIN8QkVPhIKP&#10;XlLdE0/QwYoPqXpBrXa68ROq+0w3jaA81gDVFPm7ajZWH0yspa2G1lwwAdp3nD6dlv48bqx5Mjub&#10;1MN2q+kfB1yywbTVa3s4t8kZ7YcfmkE/ycHrWPipsX1IASWhU+R7vvDlJ48oXBaLfJbn0AYKttvp&#10;bJbw0w569CGIdg9jWHmJKcoQkZEqfS0qHBWFjsMIuSsl93+UnjpieITvAoWdRYLVuJzN81l5U5YY&#10;KdIDgK1QHBXfg64gADzXKsGkJzXCREqvO6JaHnM+nw3EFbGSNyHh4KAT/wh3nui9wL1SilN9gUQq&#10;Y53fcN2jsKmxBMWxZeS4dT7xfHEJHVT6UUgJ96SSCg01vlnMFzHAaSlYMAabs+1+LS06kvC04m9s&#10;zhs3GGHFYrKOE/Yw7j0RMu1Bp1Rx2FLxCeNes/POBm1jV8dxhFcQ+z++2PDMXp+j1/V/ZfUXAAD/&#10;/wMAUEsDBBQABgAIAAAAIQD7pfXd2QAAAAMBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BS8NAEIXv&#10;gv9hGcGb3cSgSMymlKKeimAriLdpdpqEZmdDdpuk/97Ri70MPN7jzfeK5ew6NdIQWs8G0kUCirjy&#10;tuXawOfu9e4JVIjIFjvPZOBMAZbl9VWBufUTf9C4jbWSEg45Gmhi7HOtQ9WQw7DwPbF4Bz84jCKH&#10;WtsBJyl3nb5PkkftsGX50GBP64aq4/bkDLxNOK2y9GXcHA/r8/fu4f1rk5Ixtzfz6hlUpDn+h+EX&#10;X9ChFKa9P7ENqjMgQ+LfFS9LEpF7CWWgy0Jfspc/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhAMLuY1cdAgAAnwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhAPul9d3ZAAAAAwEAAA8AAAAAAAAAAAAAAAAAdwQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAAB9BQAAAAA=&#10;">
+                <v:line id="Line 14" o:spid="_x0000_s1027" style="position:absolute;visibility:visible;mso-wrap-style:square" from="0,6" to="3000,6" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAHDy+cywAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvQv/D8gq96aZdtRJdxRYCYrHQWBBvj+xrEpp9G7JbE/99t1DwOMzMN8xqM9hGXKjztWMNj5ME&#10;BHHhTM2lhs9jNl6A8AHZYOOYNFzJw2Z9N1phalzPH3TJQykihH2KGqoQ2lRKX1Rk0U9cSxy9L9dZ&#10;DFF2pTQd9hFuG/mUJHNpsea4UGFLrxUV3/mP1ZCT6k3ZHs/bt2m2z17e1eJ8OGn9cD9slyACDeEW&#10;/m/vjAY1mycz9awU/F2Kd0CufwEAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAA&#10;ABUBAAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAHDy+cywAA&#10;AOIAAAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/wIA&#10;AAAA&#10;" strokeweight=".22136mm"/>
+                <w10:anchorlock/>
+              </v:group>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="3331FE85" w14:textId="77777777" w:rsidR="00EA111E" w:rsidRDefault="00055513">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="8068"/>
         </w:tabs>
         <w:ind w:left="147"/>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>Unit</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -2353,75 +2938,285 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>Signature</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:tab/>
         <w:t>Date</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1FFDF0DC" w14:textId="77777777" w:rsidR="00EA111E" w:rsidRDefault="00EA111E">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6C0DF8C4" w14:textId="77777777" w:rsidR="00EA111E" w:rsidRDefault="00055513">
+    <w:p w14:paraId="6C0DF8C4" w14:textId="21228D01" w:rsidR="00EA111E" w:rsidRDefault="00171BD9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="9"/>
         <w:rPr>
           <w:sz w:val="29"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:pict w14:anchorId="7DB9D5D1">
-[...14 lines deleted...]
-        </w:pict>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658241" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7DB9D5D1" wp14:editId="0CD9F898">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>347345</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>236220</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="4509135" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="141953458" name="docshape6"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="4509135" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst>
+                            <a:gd name="T0" fmla="+- 0 547 547"/>
+                            <a:gd name="T1" fmla="*/ T0 w 7101"/>
+                            <a:gd name="T2" fmla="+- 0 7647 547"/>
+                            <a:gd name="T3" fmla="*/ T2 w 7101"/>
+                          </a:gdLst>
+                          <a:ahLst/>
+                          <a:cxnLst>
+                            <a:cxn ang="0">
+                              <a:pos x="T1" y="0"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="T3" y="0"/>
+                            </a:cxn>
+                          </a:cxnLst>
+                          <a:rect l="0" t="0" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="7101">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="7100" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:noFill/>
+                        <a:ln w="7201">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:round/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                            </a14:hiddenFill>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="358D3477" id="docshape6" o:spid="_x0000_s1026" style="position:absolute;margin-left:27.35pt;margin-top:18.6pt;width:355.05pt;height:.1pt;z-index:-251658239;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="7101,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDrBaI7jAIAAHsFAAAOAAAAZHJzL2Uyb0RvYy54bWysVG1v0zAQ/o7Ef7D8EbQl6dqVRUsntDGE&#10;NF6klR/gOk4T4fiM7TYdv547J+lCgS+ISo3ufOfnnnvxXd8cWs32yvkGTMGz85QzZSSUjdkW/Ov6&#10;/uwNZz4IUwoNRhX8SXl+s3r54rqzuZpBDbpUjiGI8XlnC16HYPMk8bJWrfDnYJVBYwWuFQFVt01K&#10;JzpEb3UyS9PLpANXWgdSeY+nd72RryJ+VSkZPleVV4HpgiO3EL8ufjf0TVbXIt86YetGDjTEP7Bo&#10;RWMw6BHqTgTBdq75DaptpAMPVTiX0CZQVY1UMQfMJktPsnmshVUxFyyOt8cy+f8HKz/tH+0XR9S9&#10;fQD5zWNFks76/GghxaMP23QfocQeil2AmOyhci3dxDTYIdb06VhTdQhM4uF8kV5lFwvOJNqy2TKW&#10;PBH5eFfufHivIOKI/YMPfUdKlGI9S2ZEi0HX2L2q1dic12csZYv5kv5D/45O2ej0KmHrlHVsmaXZ&#10;qdNsdIpIy8s/Q12MXgQ1m0Ah+e1IT9QjY3kwA2WUmKDxT2ORLHgqzhqpjdVBBHSi9P7ii7FPffs7&#10;QwiHc3060Y4znOhNn6wVgZhRCBJZV/BYCTpoYa/WEE3hpG0Y5NmqzdQLr2MHJqx6M96gADgzvRCD&#10;EtdJWw3cN1rHvmoTqeCsx9p40E1JRmLj3XZzqx3bC3qr8UfJINgvbg52poxgtRLlu0EOotG9jP4a&#10;axtnmMaWVoHPN1A+4Qg76DcAbiwUanA/OOvw9Rfcf98JpzjTHww+r6tsPqd1EZX5YjlDxU0tm6lF&#10;GIlQBQ8cG0/ibehXzM66ZltjpD5dA2/x6VQNzXjk17MaFHzhMdthG9EKmerR63lnrn4CAAD//wMA&#10;UEsDBBQABgAIAAAAIQDgaPMB3wAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BS8NAEIXvgv9h&#10;GcGb3bSNTYnZlCAURfBgFaS3bXbMhmZnQ3bTxn/v9GSP897jm/eKzeQ6ccIhtJ4UzGcJCKTam5Ya&#10;BV+f24c1iBA1Gd15QgW/GGBT3t4UOjf+TB942sVGMIRCrhXYGPtcylBbdDrMfI/E3o8fnI58Do00&#10;gz4z3HVykSQr6XRL/MHqHp8t1sfd6Jhik7f3aZnt2+33WFUv8XWYH1Ol7u+m6glExCn+h+FSn6tD&#10;yZ0OfiQTRKfgMc04qWCZLUCwn61SnnK4CCnIspDXA8o/AAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAOsFojuMAgAAewUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAOBo8wHfAAAACAEAAA8AAAAAAAAAAAAAAAAA5gQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAADyBQAAAAA=&#10;" path="m,l7100,e" filled="f" strokeweight=".20003mm">
+                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;4508500,0" o:connectangles="0,0"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658242" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5D4CA3D7" wp14:editId="759D0AF2">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>5377815</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>236220</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="1907540" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="744743070" name="docshape7"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1907540" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst>
+                            <a:gd name="T0" fmla="+- 0 8469 8469"/>
+                            <a:gd name="T1" fmla="*/ T0 w 3004"/>
+                            <a:gd name="T2" fmla="+- 0 10170 8469"/>
+                            <a:gd name="T3" fmla="*/ T2 w 3004"/>
+                            <a:gd name="T4" fmla="+- 0 10173 8469"/>
+                            <a:gd name="T5" fmla="*/ T4 w 3004"/>
+                            <a:gd name="T6" fmla="+- 0 11472 8469"/>
+                            <a:gd name="T7" fmla="*/ T6 w 3004"/>
+                          </a:gdLst>
+                          <a:ahLst/>
+                          <a:cxnLst>
+                            <a:cxn ang="0">
+                              <a:pos x="T1" y="0"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="T3" y="0"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="T5" y="0"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="T7" y="0"/>
+                            </a:cxn>
+                          </a:cxnLst>
+                          <a:rect l="0" t="0" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="3004">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="1701" y="0"/>
+                              </a:lnTo>
+                              <a:moveTo>
+                                <a:pt x="1704" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="3003" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:noFill/>
+                        <a:ln w="7201">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:round/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                            </a14:hiddenFill>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="06278204" id="docshape7" o:spid="_x0000_s1026" style="position:absolute;margin-left:423.45pt;margin-top:18.6pt;width:150.2pt;height:.1pt;z-index:-251658238;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="3004,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDZ8YTY0QIAAMMGAAAOAAAAZHJzL2Uyb0RvYy54bWysVdtu2zAMfR+wfxD0uKG1nbpJG9QphnYd&#10;BnQXoNkHKLIcG5MlTVLidF8/UrITN2uBYlgeBMo8OiIPRebqetdKshXWNVoVNDtNKRGK67JR64L+&#10;WN6dXFDiPFMlk1qJgj4KR68Xb99cdWYuJrrWshSWAIly884UtPbezJPE8Vq0zJ1qIxQ4K21b5mFr&#10;10lpWQfsrUwmaTpNOm1LYzUXzsHX2+iki8BfVYL7b1XlhCeyoBCbD6sN6wrXZHHF5mvLTN3wPgz2&#10;D1G0rFFw6Z7qlnlGNrb5i6ptuNVOV/6U6zbRVdVwEXKAbLL0KJuHmhkRcgFxnNnL5P4fLf+6fTDf&#10;LYbuzL3mPx0oknTGzfce3DjAkFX3RZdQQ7bxOiS7q2yLJyENsguaPu41FTtPOHzMLtPZeQ7Sc/Bl&#10;k1mQPGHz4SzfOP9J6MDDtvfOx4qUYAU9S6JYC5cugaJqJRTn/QlJyUU+vQxLX8E9LBtg7xKyTElH&#10;ztI0PwZNBlDgytJsFhmPcWcDDskmL5DlA2hPdvZsZOcDDsnyF8imAyiSZfls8izZbMAh2XREBtKu&#10;B/FYPejJd6oXFCzCsDnTUEKjHZZuCbINtQMGAKH4L2BBlVdjIelXYyGnY2yMpQ/dQjcf97GlBPp4&#10;FQtnmMeMMXQ0SVfQUH380OqtWOrg8kePFS45eKUao+BhPFVmcB8OmEAHQHgHo/APgOFIBEJAT/WL&#10;bogBQ4bei0ZIA7MftYfSd42UoT+kwuRmMDNCFZ2WTYlOzM/Z9epGWrJlOPPCD+UBsicwqzeqDGS1&#10;YOXH3vaskdEGvIRXEGYBtj+OVDdf6fIRRoHVcZLC5Aej1vY3JR1M0YK6XxtmBSXys4IxdZnl2Ps+&#10;bPJzCJgSO/asxh6mOFAV1FN4omje+DiqN8Y26xpuiukq/QFGUNXgrAjxxaj6DUzKkG0/1XEUj/cB&#10;dfjvWfwBAAD//wMAUEsDBBQABgAIAAAAIQAJvhMr4AAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TI/BSsNAEIbvgu+wjODNbpqEtsZsigihoHhoqnidZqdJMDsbsts2+vRuT/U4Mx//fH++nkwvTjS6&#10;zrKC+SwCQVxb3XGj4GNXPqxAOI+ssbdMCn7Iwbq4vckx0/bMWzpVvhEhhF2GClrvh0xKV7dk0M3s&#10;QBxuBzsa9GEcG6lHPIdw08s4ihbSYMfhQ4sDvbRUf1dHo+DtdVfqz/dNuUmqr3L7i/GhI6PU/d30&#10;/ATC0+SvMFz0gzoUwWlvj6yd6BWs0sVjQBUkyxjEBZinywTE/rJJQRa5/F+h+AMAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQDZ8YTY0QIAAMMGAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQAJvhMr4AAAAAoBAAAPAAAAAAAAAAAAAAAAACsFAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAOAYAAAAA&#10;" path="m,l1701,t3,l3003,e" filled="f" strokeweight=".20003mm">
+                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;1080135,0;1082040,0;1906905,0" o:connectangles="0,0,0,0"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F0D7707" w14:textId="77777777" w:rsidR="00EA111E" w:rsidRDefault="00055513">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="8068"/>
         </w:tabs>
         <w:spacing w:before="2"/>
         <w:ind w:left="147"/>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>Unit</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -2504,73 +3299,269 @@
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>Date</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="729C433F" w14:textId="77777777" w:rsidR="00EA111E" w:rsidRDefault="00EA111E">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6FCCC3E4" w14:textId="77777777" w:rsidR="00EA111E" w:rsidRDefault="00EA111E">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1D83F359" w14:textId="77777777" w:rsidR="00EA111E" w:rsidRDefault="00055513">
+    <w:p w14:paraId="1D83F359" w14:textId="09DF3AB2" w:rsidR="00EA111E" w:rsidRDefault="00171BD9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="3"/>
         <w:rPr>
           <w:sz w:val="11"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:pict w14:anchorId="6036651E">
-[...12 lines deleted...]
-        </w:pict>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658243" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6036651E" wp14:editId="7BE7E23D">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>347345</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>97155</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="4509135" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="389578717" name="docshape8"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="4509135" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst>
+                            <a:gd name="T0" fmla="+- 0 547 547"/>
+                            <a:gd name="T1" fmla="*/ T0 w 7101"/>
+                            <a:gd name="T2" fmla="+- 0 7647 547"/>
+                            <a:gd name="T3" fmla="*/ T2 w 7101"/>
+                          </a:gdLst>
+                          <a:ahLst/>
+                          <a:cxnLst>
+                            <a:cxn ang="0">
+                              <a:pos x="T1" y="0"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="T3" y="0"/>
+                            </a:cxn>
+                          </a:cxnLst>
+                          <a:rect l="0" t="0" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="7101">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="7100" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:noFill/>
+                        <a:ln w="7201">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:round/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                            </a14:hiddenFill>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="274E2D0B" id="docshape8" o:spid="_x0000_s1026" style="position:absolute;margin-left:27.35pt;margin-top:7.65pt;width:355.05pt;height:.1pt;z-index:-251658237;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="7101,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDrBaI7jAIAAHsFAAAOAAAAZHJzL2Uyb0RvYy54bWysVG1v0zAQ/o7Ef7D8EbQl6dqVRUsntDGE&#10;NF6klR/gOk4T4fiM7TYdv547J+lCgS+ISo3ufOfnnnvxXd8cWs32yvkGTMGz85QzZSSUjdkW/Ov6&#10;/uwNZz4IUwoNRhX8SXl+s3r54rqzuZpBDbpUjiGI8XlnC16HYPMk8bJWrfDnYJVBYwWuFQFVt01K&#10;JzpEb3UyS9PLpANXWgdSeY+nd72RryJ+VSkZPleVV4HpgiO3EL8ufjf0TVbXIt86YetGDjTEP7Bo&#10;RWMw6BHqTgTBdq75DaptpAMPVTiX0CZQVY1UMQfMJktPsnmshVUxFyyOt8cy+f8HKz/tH+0XR9S9&#10;fQD5zWNFks76/GghxaMP23QfocQeil2AmOyhci3dxDTYIdb06VhTdQhM4uF8kV5lFwvOJNqy2TKW&#10;PBH5eFfufHivIOKI/YMPfUdKlGI9S2ZEi0HX2L2q1dic12csZYv5kv5D/45O2ej0KmHrlHVsmaXZ&#10;qdNsdIpIy8s/Q12MXgQ1m0Ah+e1IT9QjY3kwA2WUmKDxT2ORLHgqzhqpjdVBBHSi9P7ii7FPffs7&#10;QwiHc3060Y4znOhNn6wVgZhRCBJZV/BYCTpoYa/WEE3hpG0Y5NmqzdQLr2MHJqx6M96gADgzvRCD&#10;EtdJWw3cN1rHvmoTqeCsx9p40E1JRmLj3XZzqx3bC3qr8UfJINgvbg52poxgtRLlu0EOotG9jP4a&#10;axtnmMaWVoHPN1A+4Qg76DcAbiwUanA/OOvw9Rfcf98JpzjTHww+r6tsPqd1EZX5YjlDxU0tm6lF&#10;GIlQBQ8cG0/ibehXzM66ZltjpD5dA2/x6VQNzXjk17MaFHzhMdthG9EKmerR63lnrn4CAAD//wMA&#10;UEsDBBQABgAIAAAAIQAmnpp33gAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BS8NAEIXvgv9h&#10;GcGb3dQmjcRsShCKIniwCuJtmx2zodnZkN208d87PdnjvPd4871yM7teHHEMnScFy0UCAqnxpqNW&#10;wefH9u4BRIiajO49oYJfDLCprq9KXRh/onc87mIruIRCoRXYGIdCytBYdDos/IDE3o8fnY58jq00&#10;oz5xuevlfZKspdMd8QerB3yy2Bx2k+MWm7y+zav8u9t+TXX9HF/G5SFV6vZmrh9BRJzjfxjO+IwO&#10;FTPt/UQmiF5BluacZD1bgWA/X6c8ZX8WMpBVKS8HVH8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEA6wWiO4wCAAB7BQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEAJp6ad94AAAAIAQAADwAAAAAAAAAAAAAAAADmBAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAPEFAAAAAA==&#10;" path="m,l7100,e" filled="f" strokeweight=".20003mm">
+                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;4508500,0" o:connectangles="0,0"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658244" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="21D20CF6" wp14:editId="0EDAEC5B">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>5377815</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>97155</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="1905635" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="1507711072" name="docshape9"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1905635" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst>
+                            <a:gd name="T0" fmla="+- 0 8469 8469"/>
+                            <a:gd name="T1" fmla="*/ T0 w 3001"/>
+                            <a:gd name="T2" fmla="+- 0 11469 8469"/>
+                            <a:gd name="T3" fmla="*/ T2 w 3001"/>
+                          </a:gdLst>
+                          <a:ahLst/>
+                          <a:cxnLst>
+                            <a:cxn ang="0">
+                              <a:pos x="T1" y="0"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="T3" y="0"/>
+                            </a:cxn>
+                          </a:cxnLst>
+                          <a:rect l="0" t="0" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="3001">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="3000" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:noFill/>
+                        <a:ln w="7201">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:round/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                            </a14:hiddenFill>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="22F68B86" id="docshape9" o:spid="_x0000_s1026" style="position:absolute;margin-left:423.45pt;margin-top:7.65pt;width:150.05pt;height:.1pt;z-index:-251658236;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="3001,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCUGA4AjgIAAH8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0uKG1naZpa9QphnYd&#10;BnQXoNkHKLIcG5NFTVLitF8/irZTL0NfhvlBoEzy8PAiXt/sW812yvkGTMGz05QzZSSUjdkU/Mfq&#10;/uSSMx+EKYUGowr+pDy/Wb59c93ZXM2gBl0qxxDE+LyzBa9DsHmSeFmrVvhTsMqgsgLXioBXt0lK&#10;JzpEb3UyS9NF0oErrQOpvMe/d72SLwm/qpQM36rKq8B0wZFboNPRuY5nsrwW+cYJWzdyoCH+gUUr&#10;GoNBD1B3Igi2dc1fUG0jHXiowqmENoGqaqSiHDCbLD3K5rEWVlEuWBxvD2Xy/w9Wft092u8uUvf2&#10;AeRPjxVJOuvzgyZePNqwdfcFSuyh2AagZPeVa6MnpsH2VNOnQ03VPjCJP7Or9Hxxds6ZRF02u6CS&#10;JyIffeXWh08KCEfsHnzoO1KiRPUsmREtBl1h96pWY3Pen7CUXc4XV3QMHTyYZaPZu4StUtaxszTN&#10;jo1moxFhZdlrYGejXQSbTcAwgc1IUdQja7k3A22UmIhPIKVCWfCxQCskN1YIEdAopviKLcY+tu19&#10;hhAOZ/t4qh1nONXrPl0rQmQWQ0SRdQWnWsQfLezUCkgVjlqHQV602kyt0B27MGHVq9EjBsC56QUK&#10;GrlOWmvgvtGaeqtNpHKB80618aCbMiojG+8261vt2E7E90pfTAbB/jBzsDUlgdVKlB8HOYhG9zLa&#10;a6wtzXEc3bgOfL6G8gnH2EG/BXBroVCDe+asww1QcP9rK5ziTH82+MSusvk8rgy6zM+RMGduqllP&#10;NcJIhCp44Nj4KN6Gfs1srWs2NUbq0zXwAZ9P1cQ5J349q+GCr5yyHTZSXCPTO1m97M3lbwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAL846gTfAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9I&#10;vIO1SFwi6hTaUkKcCvFzgFNJeQA3XpKIeJ3Ybht4ejYnOO7Mp9mZfDPaThzRh9aRgvksBYFUOdNS&#10;reBj93K1BhGiJqM7R6jgGwNsivOzXGfGnegdj2WsBYdQyLSCJsY+kzJUDVodZq5HYu/Teasjn76W&#10;xusTh9tOXqfpSlrdEn9odI+PDVZf5cEqeHvd/sTqaRiSrW/jbvDPSVKmSl1ejA/3ICKO8Q+GqT5X&#10;h4I77d2BTBCdgvVidccoG8sbEBMwX9zyuv2kLEEWufw/ofgFAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAlBgOAI4CAAB/BQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAvzjqBN8AAAAKAQAADwAAAAAAAAAAAAAAAADoBAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAPQFAAAAAA==&#10;" path="m,l3000,e" filled="f" strokeweight=".20003mm">
+                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;1905000,0" o:connectangles="0,0"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A1B5800" w14:textId="77777777" w:rsidR="00EA111E" w:rsidRDefault="00055513">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="8068"/>
         </w:tabs>
         <w:spacing w:line="209" w:lineRule="exact"/>
         <w:ind w:left="147"/>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>Faculty</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -2603,72 +3594,268 @@
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>Date</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="360BDA75" w14:textId="77777777" w:rsidR="00EA111E" w:rsidRDefault="00EA111E">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7FC887E7" w14:textId="77777777" w:rsidR="00EA111E" w:rsidRDefault="00EA111E">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4B129B1C" w14:textId="77777777" w:rsidR="00EA111E" w:rsidRDefault="00055513">
+    <w:p w14:paraId="4B129B1C" w14:textId="0112A1B0" w:rsidR="00EA111E" w:rsidRDefault="00171BD9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="11"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:pict w14:anchorId="124803C6">
-[...12 lines deleted...]
-        </w:pict>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658245" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="124803C6" wp14:editId="7D715D3B">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>347345</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>95885</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="4509135" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="1552637249" name="docshape10"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="4509135" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst>
+                            <a:gd name="T0" fmla="+- 0 547 547"/>
+                            <a:gd name="T1" fmla="*/ T0 w 7101"/>
+                            <a:gd name="T2" fmla="+- 0 7647 547"/>
+                            <a:gd name="T3" fmla="*/ T2 w 7101"/>
+                          </a:gdLst>
+                          <a:ahLst/>
+                          <a:cxnLst>
+                            <a:cxn ang="0">
+                              <a:pos x="T1" y="0"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="T3" y="0"/>
+                            </a:cxn>
+                          </a:cxnLst>
+                          <a:rect l="0" t="0" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="7101">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="7100" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:noFill/>
+                        <a:ln w="7201">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:round/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                            </a14:hiddenFill>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="2094F29D" id="docshape10" o:spid="_x0000_s1026" style="position:absolute;margin-left:27.35pt;margin-top:7.55pt;width:355.05pt;height:.1pt;z-index:-251658235;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="7101,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDrBaI7jAIAAHsFAAAOAAAAZHJzL2Uyb0RvYy54bWysVG1v0zAQ/o7Ef7D8EbQl6dqVRUsntDGE&#10;NF6klR/gOk4T4fiM7TYdv547J+lCgS+ISo3ufOfnnnvxXd8cWs32yvkGTMGz85QzZSSUjdkW/Ov6&#10;/uwNZz4IUwoNRhX8SXl+s3r54rqzuZpBDbpUjiGI8XlnC16HYPMk8bJWrfDnYJVBYwWuFQFVt01K&#10;JzpEb3UyS9PLpANXWgdSeY+nd72RryJ+VSkZPleVV4HpgiO3EL8ufjf0TVbXIt86YetGDjTEP7Bo&#10;RWMw6BHqTgTBdq75DaptpAMPVTiX0CZQVY1UMQfMJktPsnmshVUxFyyOt8cy+f8HKz/tH+0XR9S9&#10;fQD5zWNFks76/GghxaMP23QfocQeil2AmOyhci3dxDTYIdb06VhTdQhM4uF8kV5lFwvOJNqy2TKW&#10;PBH5eFfufHivIOKI/YMPfUdKlGI9S2ZEi0HX2L2q1dic12csZYv5kv5D/45O2ej0KmHrlHVsmaXZ&#10;qdNsdIpIy8s/Q12MXgQ1m0Ah+e1IT9QjY3kwA2WUmKDxT2ORLHgqzhqpjdVBBHSi9P7ii7FPffs7&#10;QwiHc3060Y4znOhNn6wVgZhRCBJZV/BYCTpoYa/WEE3hpG0Y5NmqzdQLr2MHJqx6M96gADgzvRCD&#10;EtdJWw3cN1rHvmoTqeCsx9p40E1JRmLj3XZzqx3bC3qr8UfJINgvbg52poxgtRLlu0EOotG9jP4a&#10;axtnmMaWVoHPN1A+4Qg76DcAbiwUanA/OOvw9Rfcf98JpzjTHww+r6tsPqd1EZX5YjlDxU0tm6lF&#10;GIlQBQ8cG0/ibehXzM66ZltjpD5dA2/x6VQNzXjk17MaFHzhMdthG9EKmerR63lnrn4CAAD//wMA&#10;UEsDBBQABgAIAAAAIQBeOtYb3gAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BS8NAEIXvgv9h&#10;GcGb3cSmjcRsShCKIniwCuJtmx2zodnZkN208d87PdnjvPd4871yM7teHHEMnScF6SIBgdR401Gr&#10;4PNje/cAIkRNRveeUMEvBthU11elLow/0Tsed7EVXEKh0ApsjEMhZWgsOh0WfkBi78ePTkc+x1aa&#10;UZ+43PXyPknW0umO+IPVAz5ZbA67yXGLTV7f5mX+3W2/prp+ji9jesiUur2Z60cQEef4H4YzPqND&#10;xUx7P5EJolewynJOsr5KQbCfrzOesj8LS5BVKS8HVH8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEA6wWiO4wCAAB7BQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEAXjrWG94AAAAIAQAADwAAAAAAAAAAAAAAAADmBAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAPEFAAAAAA==&#10;" path="m,l7100,e" filled="f" strokeweight=".20003mm">
+                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;4508500,0" o:connectangles="0,0"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658246" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6FC58490" wp14:editId="7D5FD0FF">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>5377815</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>95885</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="1905635" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="1626589842" name="docshape11"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1905635" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst>
+                            <a:gd name="T0" fmla="+- 0 8469 8469"/>
+                            <a:gd name="T1" fmla="*/ T0 w 3001"/>
+                            <a:gd name="T2" fmla="+- 0 11469 8469"/>
+                            <a:gd name="T3" fmla="*/ T2 w 3001"/>
+                          </a:gdLst>
+                          <a:ahLst/>
+                          <a:cxnLst>
+                            <a:cxn ang="0">
+                              <a:pos x="T1" y="0"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="T3" y="0"/>
+                            </a:cxn>
+                          </a:cxnLst>
+                          <a:rect l="0" t="0" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="3001">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="3000" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:noFill/>
+                        <a:ln w="7201">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:round/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                            </a14:hiddenFill>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="1E043C5F" id="docshape11" o:spid="_x0000_s1026" style="position:absolute;margin-left:423.45pt;margin-top:7.55pt;width:150.05pt;height:.1pt;z-index:-251658234;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="3001,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCUGA4AjgIAAH8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0uKG1naZpa9QphnYd&#10;BnQXoNkHKLIcG5NFTVLitF8/irZTL0NfhvlBoEzy8PAiXt/sW812yvkGTMGz05QzZSSUjdkU/Mfq&#10;/uSSMx+EKYUGowr+pDy/Wb59c93ZXM2gBl0qxxDE+LyzBa9DsHmSeFmrVvhTsMqgsgLXioBXt0lK&#10;JzpEb3UyS9NF0oErrQOpvMe/d72SLwm/qpQM36rKq8B0wZFboNPRuY5nsrwW+cYJWzdyoCH+gUUr&#10;GoNBD1B3Igi2dc1fUG0jHXiowqmENoGqaqSiHDCbLD3K5rEWVlEuWBxvD2Xy/w9Wft092u8uUvf2&#10;AeRPjxVJOuvzgyZePNqwdfcFSuyh2AagZPeVa6MnpsH2VNOnQ03VPjCJP7Or9Hxxds6ZRF02u6CS&#10;JyIffeXWh08KCEfsHnzoO1KiRPUsmREtBl1h96pWY3Pen7CUXc4XV3QMHTyYZaPZu4StUtaxszTN&#10;jo1moxFhZdlrYGejXQSbTcAwgc1IUdQja7k3A22UmIhPIKVCWfCxQCskN1YIEdAopviKLcY+tu19&#10;hhAOZ/t4qh1nONXrPl0rQmQWQ0SRdQWnWsQfLezUCkgVjlqHQV602kyt0B27MGHVq9EjBsC56QUK&#10;GrlOWmvgvtGaeqtNpHKB80618aCbMiojG+8261vt2E7E90pfTAbB/jBzsDUlgdVKlB8HOYhG9zLa&#10;a6wtzXEc3bgOfL6G8gnH2EG/BXBroVCDe+asww1QcP9rK5ziTH82+MSusvk8rgy6zM+RMGduqllP&#10;NcJIhCp44Nj4KN6Gfs1srWs2NUbq0zXwAZ9P1cQ5J349q+GCr5yyHTZSXCPTO1m97M3lbwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhANMbp0PfAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9I&#10;vIO1SFyi1gmUtoQ4FeLnUE4l5QHcZEki4nViu23g6dmc4Lgzn2Znss1oOnFC51tLCpJ5DAKptFVL&#10;tYKP/etsDcIHTZXuLKGCb/SwyS8vMp1W9kzveCpCLTiEfKoVNCH0qZS+bNBoP7c9Enuf1hkd+HS1&#10;rJw+c7jp5E0cL6XRLfGHRvf41GD5VRyNgrft7ieUz8MQ7Vwb9oN7iaIiVur6anx8ABFwDH8wTPW5&#10;OuTc6WCPVHnRKVgvlveMsnGXgJiAZLHidYdJuQWZZ/L/hPwXAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAlBgOAI4CAAB/BQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEA0xunQ98AAAAKAQAADwAAAAAAAAAAAAAAAADoBAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAPQFAAAAAA==&#10;" path="m,l3000,e" filled="f" strokeweight=".20003mm">
+                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;1905000,0" o:connectangles="0,0"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="23D5541F" w14:textId="77777777" w:rsidR="00EA111E" w:rsidRDefault="00055513">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="8068"/>
         </w:tabs>
         <w:spacing w:before="4"/>
         <w:ind w:left="147"/>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>Dean</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -2709,57 +3896,51 @@
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="508"/>
         </w:tabs>
         <w:spacing w:before="160"/>
         <w:ind w:right="134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Interdisciplinary/Center Administrator Comments Attached </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t>(if applicable). The unit administrator is responsible to solicit, discuss a</w:t>
-[...5 lines deleted...]
-        <w:t>nd</w:t>
+        <w:t>(if applicable). The unit administrator is responsible to solicit, discuss and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>consider</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-7"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
@@ -3805,64 +4986,136 @@
     </w:p>
     <w:p w14:paraId="4144D241" w14:textId="77777777" w:rsidR="00EA111E" w:rsidRDefault="00EA111E">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0842E919" w14:textId="77777777" w:rsidR="00EA111E" w:rsidRDefault="00EA111E">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="09F523A0" w14:textId="77777777" w:rsidR="00EA111E" w:rsidRDefault="00EA111E">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1C6465CD" w14:textId="77777777" w:rsidR="00EA111E" w:rsidRDefault="00055513">
+    <w:p w14:paraId="1C6465CD" w14:textId="03F35338" w:rsidR="00EA111E" w:rsidRDefault="00171BD9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="9"/>
         <w:rPr>
           <w:sz w:val="14"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:pict w14:anchorId="077B8D04">
-[...3 lines deleted...]
-        </w:pict>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658247" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="077B8D04" wp14:editId="44EE45AA">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>328930</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>123190</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="7005955" cy="18415"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="2058813111" name="docshape12"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="7005955" cy="18415"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                              <a:solidFill>
+                                <a:srgbClr val="000000"/>
+                              </a:solidFill>
+                              <a:miter lim="800000"/>
+                              <a:headEnd/>
+                              <a:tailEnd/>
+                            </a14:hiddenLine>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect w14:anchorId="3FD88D65" id="docshape12" o:spid="_x0000_s1026" style="position:absolute;margin-left:25.9pt;margin-top:9.7pt;width:551.65pt;height:1.45pt;z-index:-251658233;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDYfJHv5QEAALQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtgOkrU14hRFig4D&#10;ugvQ7QMYWbaFyaJGKXG6rx+lpGmwvQ3zgyCK4iHP0fHq9jBasdcUDLpGVrNSCu0Utsb1jfz+7eHd&#10;tRQhgmvBotONfNZB3q7fvllNvtZzHNC2mgSDuFBPvpFDjL4uiqAGPUKYodeOkx3SCJFD6ouWYGL0&#10;0RbzsnxfTEitJ1Q6BD69PyblOuN3nVbxS9cFHYVtJM8W80p53aa1WK+g7gn8YNRpDPiHKUYwjpue&#10;oe4hgtiR+QtqNIowYBdnCscCu84onTkwm6r8g83TAF5nLixO8GeZwv+DVZ/3T/4rpdGDf0T1IwiH&#10;mwFcr++IcBo0tNyuSkIVkw/1uSAFgUvFdvqELT8t7CJmDQ4djQmQ2YlDlvr5LLU+RKH48KoslzfL&#10;pRSKc9X1olrmDlC/FHsK8YPGUaRNI4lfMoPD/jHENAzUL1fy8GhN+2CszQH1240lsYf06vk7oYfL&#10;a9alyw5T2RExnWSWiVjyUKi32D4zScKjddjqvBmQfkkxsW0aGX7ugLQU9qNjoW6qxSL5LAeL5dWc&#10;A7rMbC8z4BRDNTJKcdxu4tGbO0+mH7hTlUk7vGNxO5OJv051GpatkfU42Th57zLOt15/tvVvAAAA&#10;//8DAFBLAwQUAAYACAAAACEACGQiy98AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE&#10;70j8g7VI3KiT0KA2xKkoEkckWjjQ2yZekqjxOthuG/h63FM57sxo5m25mswgjuR8b1lBOktAEDdW&#10;99wq+Hh/uVuA8AFZ42CZFPyQh1V1fVVioe2JN3TchlbEEvYFKuhCGAspfdORQT+zI3H0vqwzGOLp&#10;WqkdnmK5GWSWJA/SYM9xocORnjtq9tuDUbBeLtbfb3N+/d3UO9p91vs8c4lStzfT0yOIQFO4hOGM&#10;H9Ghiky1PbD2YlCQp5E8RH05B3H20zxPQdQKsuweZFXK/x9UfwAAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQDYfJHv5QEAALQDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQAIZCLL3wAAAAkBAAAPAAAAAAAAAAAAAAAAAD8EAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAASwUAAAAA&#10;" fillcolor="black" stroked="f">
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:rect>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="52A2378C" w14:textId="77777777" w:rsidR="00EA111E" w:rsidRDefault="00055513">
       <w:pPr>
         <w:spacing w:line="228" w:lineRule="exact"/>
         <w:ind w:left="147"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Disclosure</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -3886,1537 +5139,117 @@
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Conflicts</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3439DA0A" w14:textId="77777777" w:rsidR="00EA111E" w:rsidRDefault="00EA111E">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="1"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2A6E85DB" w14:textId="77777777" w:rsidR="00EA111E" w:rsidRDefault="00055513">
-[...228 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="1F35FAD7" w14:textId="18E027F5" w:rsidR="00EA111E" w:rsidRDefault="0095306B">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">All faculty must </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA5430">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">complete and submit </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC1E70">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the electronic Conflict Disclosure Form annually: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:anchor="/form/59" w:history="1">
+        <w:r w:rsidR="00BC1E70" w:rsidRPr="006D394E">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:sz w:val="20"/>
+          </w:rPr>
+          <w:t>Conflict Disclosure Form</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6D11DC53" w14:textId="77777777" w:rsidR="00EA111E" w:rsidRDefault="00055513">
-[...126 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="42D04255" w14:textId="77777777" w:rsidR="00BC1E70" w:rsidRDefault="00BC1E70">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="613E5E14" w14:textId="77777777" w:rsidR="00EA111E" w:rsidRDefault="00055513">
-[...190 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="3149934C" w14:textId="6A699913" w:rsidR="00BC1E70" w:rsidRDefault="00BC1E70">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If you have an existing conflict on file and there has been a change of circumstances related to your conflict, you will also need to complete the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:anchor="/form/78" w:history="1">
+        <w:r w:rsidRPr="007911B9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:sz w:val="20"/>
+          </w:rPr>
+          <w:t>Change to Existing Conflict Disclosure Form</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="30ABFDE8" w14:textId="77777777" w:rsidR="00EA111E" w:rsidRDefault="00EA111E">
-[...932 lines deleted...]
-    <w:p w14:paraId="6EDA4A36" w14:textId="77777777" w:rsidR="00EA111E" w:rsidRDefault="00EA111E">
+    <w:p w14:paraId="3CB30BDA" w14:textId="77777777" w:rsidR="00BC1E70" w:rsidRDefault="00BC1E70">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="475DEF2E" w14:textId="77777777" w:rsidR="00EA111E" w:rsidRDefault="00055513">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="161"/>
         <w:ind w:left="147"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-17"/>
         </w:rPr>
@@ -5639,54 +5472,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>1420E</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="003719CE" w14:textId="77777777" w:rsidR="00EA111E" w:rsidRDefault="00055513">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="147"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>“At the conclusion of the review process, each faculty me</w:t>
-[...2 lines deleted...]
-        <w:t>mber shall sign the evaluation form indicating that she/he has had the opportunity to read the</w:t>
+        <w:t>“At the conclusion of the review process, each faculty member shall sign the evaluation form indicating that she/he has had the opportunity to read the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-42"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>evaluation</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>report</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -6051,98 +5881,98 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>section</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>6240</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00EA111E">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1160" w:right="580" w:bottom="280" w:left="400" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2E3D0898"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AE081DA2"/>
     <w:lvl w:ilvl="0" w:tplc="29C010D6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1100" w:hanging="233"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:w w:val="99"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="365E0618">
       <w:numFmt w:val="bullet"/>
@@ -6340,108 +6170,128 @@
     <w:lvl w:ilvl="7" w:tplc="ECCAA05A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7793" w:hanging="361"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="29F4D17C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8948" w:hanging="361"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="729424935">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1338923828">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:ulTrailSpace/>
-    <w:shapeLayoutLikeWW8/>
-[...1 lines deleted...]
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EA111E"/>
     <w:rsid w:val="00055513"/>
+    <w:rsid w:val="00171BD9"/>
+    <w:rsid w:val="001B6953"/>
+    <w:rsid w:val="00331E23"/>
+    <w:rsid w:val="003D5779"/>
+    <w:rsid w:val="006D394E"/>
+    <w:rsid w:val="007911B9"/>
+    <w:rsid w:val="007D58A1"/>
+    <w:rsid w:val="007F443A"/>
+    <w:rsid w:val="0095306B"/>
+    <w:rsid w:val="00A46165"/>
+    <w:rsid w:val="00B12ACF"/>
+    <w:rsid w:val="00B629BB"/>
+    <w:rsid w:val="00BA5430"/>
+    <w:rsid w:val="00BC1E70"/>
+    <w:rsid w:val="00D66B70"/>
     <w:rsid w:val="00EA111E"/>
+    <w:rsid w:val="00F1560E"/>
+    <w:rsid w:val="00F16AF8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1044"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="03A5E950"/>
-  <w15:docId w15:val="{582A7894-292F-4021-99D5-AE60F6F924A8}"/>
+  <w15:docId w15:val="{F04CB2BF-C309-4BBA-8ECD-EA2D32294BC8}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -6867,59 +6717,187 @@
     <w:pPr>
       <w:spacing w:before="1"/>
       <w:ind w:left="64"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="507" w:hanging="361"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
     <w:name w:val="Table Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
   </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006D394E"/>
+    <w:rPr>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006D394E"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00D66B70"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="CommentReference">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00D66B70"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentText">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="CommentTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00D66B70"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+    <w:name w:val="Comment Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="CommentText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00D66B70"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentSubject">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="CommentText"/>
+    <w:next w:val="CommentText"/>
+    <w:link w:val="CommentSubjectChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00D66B70"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+    <w:name w:val="Comment Subject Char"/>
+    <w:basedOn w:val="CommentTextChar"/>
+    <w:link w:val="CommentSubject"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00D66B70"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Mention">
+    <w:name w:val="Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00D66B70"/>
+    <w:rPr>
+      <w:color w:val="2B579A"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="FollowedHyperlink">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00F16AF8"/>
+    <w:rPr>
+      <w:color w:val="800080" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uidahocentral.etrieve.cloud/Index" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uidahocentral.etrieve.cloud/Index" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -7161,70 +7139,462 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100EA631457C1DB3943807AACED40D68E8F" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="2de5337737585cc142b0cdd3665710d7">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="1679fb4c-75a2-40d9-93ec-f19a50abfbea" xmlns:ns3="3290d189-8818-4edd-9e41-2000f32f926f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b3b4e47c52084a64d18453f3a6a1adcb" ns1:_="" ns2:_="" ns3:_="">
+    <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
+    <xsd:import namespace="1679fb4c-75a2-40d9-93ec-f19a50abfbea"/>
+    <xsd:import namespace="3290d189-8818-4edd-9e41-2000f32f926f"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
+                <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyUIAction" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="_ip_UnifiedCompliancePolicyProperties" ma:index="10" nillable="true" ma:displayName="Unified Compliance Policy Properties" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyProperties">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_ip_UnifiedCompliancePolicyUIAction" ma:index="11" nillable="true" ma:displayName="Unified Compliance Policy UI Action" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyUIAction">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="1679fb4c-75a2-40d9-93ec-f19a50abfbea" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="8" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="9" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="22" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{addc5dbe-bbfc-4cb3-a9e5-f7eb9763128b}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="1679fb4c-75a2-40d9-93ec-f19a50abfbea">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="3290d189-8818-4edd-9e41-2000f32f926f" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="12" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="13" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="14" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="15" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="16" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="17" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="18" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="19" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="21" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="f924f0ff-682f-4b97-8273-0421c1f8190c" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="23" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="3290d189-8818-4edd-9e41-2000f32f926f">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <TaxCatchAll xmlns="1679fb4c-75a2-40d9-93ec-f19a50abfbea" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{50BA5178-8E19-42FA-8BA3-E80EFC4C1617}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{86A26F86-7FFA-423E-8183-98F1174571B8}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="1679fb4c-75a2-40d9-93ec-f19a50abfbea"/>
+    <ds:schemaRef ds:uri="3290d189-8818-4edd-9e41-2000f32f926f"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{36356A84-BF67-47A8-9F7E-CE953CE61E6C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="3290d189-8818-4edd-9e41-2000f32f926f"/>
+    <ds:schemaRef ds:uri="1679fb4c-75a2-40d9-93ec-f19a50abfbea"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>576</Words>
-  <Characters>2949</Characters>
+  <Words>458</Words>
+  <Characters>2614</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>184</Lines>
-  <Paragraphs>176</Paragraphs>
+  <Lines>21</Lines>
+  <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3349</CharactersWithSpaces>
+  <CharactersWithSpaces>3066</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
+  <HLinks>
+    <vt:vector size="18" baseType="variant">
+      <vt:variant>
+        <vt:i4>5439554</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://uidahocentral.etrieve.cloud/Index</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>/form/78</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5374016</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://uidahocentral.etrieve.cloud/Index</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>/form/59</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>4456561</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>mailto:cari@uidaho.edu</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+    </vt:vector>
+  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>(FSH 3320)</dc:title>
+  <dc:subject/>
   <dc:creator>Peter Haggart</dc:creator>
+  <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2017-11-03T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Microsoft® Word 2016</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="LastSaved">
     <vt:filetime>2021-12-13T00:00:00Z</vt:filetime>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="ContentTypeId">
+    <vt:lpwstr>0x010100EA631457C1DB3943807AACED40D68E8F</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>